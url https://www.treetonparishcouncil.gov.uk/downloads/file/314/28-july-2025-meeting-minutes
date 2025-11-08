--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -603,60 +603,97 @@
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>In Attendance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DDCB8B0" w14:textId="3C17F635" w:rsidR="00816B3E" w:rsidRPr="00B00802" w:rsidRDefault="00816B3E" w:rsidP="00D05AF6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00802">
-[...8 lines deleted...]
-        <w:t>Mrs Y Colverson – Clerk</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Mrs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Colverson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Clerk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD20A41" w14:textId="23B32A2E" w:rsidR="00816B3E" w:rsidRPr="00B00802" w:rsidRDefault="00B00802" w:rsidP="00D05AF6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -1034,51 +1071,73 @@
     </w:p>
     <w:p w14:paraId="58BA0DE8" w14:textId="77777777" w:rsidR="00B50497" w:rsidRDefault="00B00802" w:rsidP="00B50497">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Members are reminded to declare any interest in any item on the agenda at this time, or at any time during the meeting, in accordance with Treeton Parish Council’s Code of Conduct.  (Where a Member indicates that they have an interest, but wish to make representations regarding the item, those representations must be made during </w:t>
+        <w:t xml:space="preserve">Members are reminded to declare any interest in any item on the agenda at this time, or at any time during the meeting, in accordance with Treeton Parish Council’s Code of Conduct.  (Where a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicates that they have an interest, but wish to make representations regarding the item, those representations must be made during </w:t>
       </w:r>
       <w:r w:rsidR="00480F58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>public participation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to the start of the meeting).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167A306E" w14:textId="7C4BD19A" w:rsidR="00B00802" w:rsidRPr="00B00802" w:rsidRDefault="00B00802" w:rsidP="00B00802">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -2665,51 +2724,79 @@
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Borough Councillor’s Report</w:t>
+        <w:t xml:space="preserve">Borough </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Councillor’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Report</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D882980" w14:textId="08B34B8C" w:rsidR="00480F58" w:rsidRPr="008E0D60" w:rsidRDefault="00480F58" w:rsidP="008E0D60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0D60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -3010,51 +3097,79 @@
     <w:p w14:paraId="02DFBC80" w14:textId="5FA5B667" w:rsidR="00B00802" w:rsidRDefault="00396346" w:rsidP="008E0D60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">(i) </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00B00802" w:rsidRPr="00396346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Update </w:t>
       </w:r>
       <w:r w:rsidR="00480F58" w:rsidRPr="00396346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -3561,65 +3676,65 @@
       <w:r w:rsidR="00B50497" w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>113 Planning</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> – To consider planning applications, appeals and policies which may affect Treeton</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F97981" w14:textId="43D40F89" w:rsidR="00EE1E64" w:rsidRDefault="00EE1E64" w:rsidP="00B00802">
+    <w:p w14:paraId="744220AA" w14:textId="77777777" w:rsidR="0089082F" w:rsidRDefault="0089082F" w:rsidP="00B00802">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A6D5647" w14:textId="2110E1B1" w:rsidR="00B00802" w:rsidRDefault="00EE1E64" w:rsidP="00B00802">
+    <w:p w14:paraId="5A6D5647" w14:textId="65F1471D" w:rsidR="00B00802" w:rsidRDefault="00EE1E64" w:rsidP="00B00802">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>No planning applications for Treeton had been received</w:t>
       </w:r>
     </w:p>
@@ -3777,85 +3892,62 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Cllr Beckett presented a draft petition opposing the development and moved that this is shared with the community in order to gain support </w:t>
       </w:r>
       <w:r w:rsidR="00B50497" w:rsidRPr="00480F58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>against the</w:t>
       </w:r>
       <w:r w:rsidRPr="00480F58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> development and to evidence the level of local opposition.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C315D1C" w14:textId="77777777" w:rsidR="00480F58" w:rsidRPr="00480F58" w:rsidRDefault="00480F58" w:rsidP="00480F58">
+    <w:p w14:paraId="5CCDB3E4" w14:textId="467DDF6E" w:rsidR="00480F58" w:rsidRPr="00480F58" w:rsidRDefault="00480F58" w:rsidP="00480F58">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...21 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5A7B1EEC" w14:textId="77777777" w:rsidR="00480F58" w:rsidRPr="00480F58" w:rsidRDefault="00480F58" w:rsidP="00480F58">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00480F58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">RESOLVED </w:t>
       </w:r>
@@ -3998,85 +4090,62 @@
     </w:p>
     <w:p w14:paraId="6AF1D3DD" w14:textId="5517C09B" w:rsidR="00EE1E64" w:rsidRDefault="00EE1E64" w:rsidP="00EE1E64">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1077"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Cllr Rowbottom stated that Cllr Chadburn and herself were familiar with the software used, and a draft model could be used, and moved that everyone contribute to writing articles and collecting local information to put in the newsletter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C77115C" w14:textId="77777777" w:rsidR="00EE1E64" w:rsidRDefault="00EE1E64" w:rsidP="00EE1E64">
+    <w:p w14:paraId="2B8EA304" w14:textId="5A4D4A18" w:rsidR="00EE1E64" w:rsidRDefault="00EE1E64" w:rsidP="00EE1E64">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...21 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0A2CD0E9" w14:textId="35C8DF69" w:rsidR="00EE1E64" w:rsidRPr="00B00802" w:rsidRDefault="00EE1E64" w:rsidP="00EE1E64">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE1E64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RESOLVED</w:t>
       </w:r>
@@ -4377,51 +4446,50 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B81EC68" w14:textId="74705B78" w:rsidR="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="0028504B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>There was some uncertainty about the amount allotment fees could be</w:t>
       </w:r>
       <w:r w:rsidR="0028504B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">increased by. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D12BAE" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
@@ -4437,85 +4505,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D06E7F3" w14:textId="493F78E9" w:rsidR="002A30DD" w:rsidRDefault="00A904BB" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1077"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cllr Parry expressed her surprise at the low level of charges and suggested that they should be increased to cover the Parish Council’s expenses which are incurred when allotment tenancies are terminated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F81560" w14:textId="77777777" w:rsidR="00A904BB" w:rsidRDefault="00A904BB" w:rsidP="002A30DD">
-[...13 lines deleted...]
-    <w:p w14:paraId="01B5EC41" w14:textId="468C6282" w:rsidR="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
+    <w:p w14:paraId="01B5EC41" w14:textId="538A7562" w:rsidR="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">All in favour </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AA89DB5" w14:textId="5DA896E8" w:rsidR="002A30DD" w:rsidRPr="00B00802" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RESOLVED</w:t>
@@ -5108,65 +5162,75 @@
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  £9,954.43</w:t>
+        <w:t xml:space="preserve">  £</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9,954.43</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="189025F1" w14:textId="64B61063" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instant access account</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5403,51 +5467,75 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Payments</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – To receive and approve authorisation of payments </w:t>
+        <w:t xml:space="preserve"> – To receive and approve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>authorisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B00802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of payments </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26ADC02E" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A Flinders </w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5456,66 +5544,75 @@
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Burial ground maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> £395.65</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB55181" w14:textId="72B26F43" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5574,52 +5671,62 @@
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   £78.83</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230478F0" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>HP Instaprint</w:t>
-      </w:r>
+        <w:t xml:space="preserve">HP </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instaprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ink contract</w:t>
       </w:r>
@@ -5676,51 +5783,68 @@
     </w:p>
     <w:p w14:paraId="7DA05611" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sarah’s Home Cleaning</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Cleaning of Reading Room</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cleaning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Reading Room</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   £51.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B12C3F0" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -5738,85 +5862,93 @@
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Lease charges for land</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">       0.60p</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69F3881B" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Rother print</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -5832,58 +5964,68 @@
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  £870.00</w:t>
+        <w:t xml:space="preserve">  £</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>870.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB95D4F" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rowley Surveying</w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5960,86 +6102,106 @@
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">    £28.74</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FC855C" w14:textId="77777777" w:rsidR="002A30DD" w:rsidRPr="002A30DD" w:rsidRDefault="002A30DD" w:rsidP="002A30DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Staff costs</w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Staff </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A30DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>costs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A30DD">
@@ -7186,51 +7348,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-547992798"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="5A675CDE" w14:textId="728B59F8" w:rsidR="00F360AF" w:rsidRDefault="00B43F93">
+      <w:p w14:paraId="5A675CDE" w14:textId="728B59F8" w:rsidR="00F360AF" w:rsidRDefault="009C6A05">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="17EAFFAB" w14:textId="1960E9D2" w:rsidR="00166200" w:rsidRPr="00166200" w:rsidRDefault="00166200" w:rsidP="00166200">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="263" w:lineRule="exact"/>
       <w:ind w:left="20"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:kern w:val="0"/>
         <w:lang w:val="en-US"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
@@ -10853,76 +11015,78 @@
   </w:num>
   <w:num w:numId="29" w16cid:durableId="21707857">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1001742093">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1946616987">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="834496603">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="931930924">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1475298819">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D05AF6"/>
     <w:rsid w:val="00006E4E"/>
     <w:rsid w:val="00012633"/>
     <w:rsid w:val="00014C70"/>
+    <w:rsid w:val="00016946"/>
     <w:rsid w:val="00016F31"/>
     <w:rsid w:val="000170AB"/>
     <w:rsid w:val="00047469"/>
     <w:rsid w:val="000475C3"/>
     <w:rsid w:val="000526EC"/>
     <w:rsid w:val="00064F60"/>
     <w:rsid w:val="00067487"/>
     <w:rsid w:val="00072E63"/>
     <w:rsid w:val="0008231E"/>
     <w:rsid w:val="00087E68"/>
     <w:rsid w:val="00094D65"/>
     <w:rsid w:val="000C1B19"/>
     <w:rsid w:val="000D3625"/>
     <w:rsid w:val="00110667"/>
     <w:rsid w:val="00114EBF"/>
     <w:rsid w:val="0014294E"/>
     <w:rsid w:val="001435E8"/>
     <w:rsid w:val="00166200"/>
     <w:rsid w:val="0017227F"/>
     <w:rsid w:val="001A0CEA"/>
     <w:rsid w:val="001D7ED2"/>
     <w:rsid w:val="001F3822"/>
     <w:rsid w:val="00203F0C"/>
     <w:rsid w:val="00215F42"/>
     <w:rsid w:val="00224000"/>
@@ -10960,111 +11124,114 @@
     <w:rsid w:val="004D0EEC"/>
     <w:rsid w:val="004D0FFD"/>
     <w:rsid w:val="004E224A"/>
     <w:rsid w:val="00501400"/>
     <w:rsid w:val="00512505"/>
     <w:rsid w:val="00517420"/>
     <w:rsid w:val="00534C99"/>
     <w:rsid w:val="00544081"/>
     <w:rsid w:val="0054672D"/>
     <w:rsid w:val="00551AF8"/>
     <w:rsid w:val="00565466"/>
     <w:rsid w:val="00570C02"/>
     <w:rsid w:val="00571C6A"/>
     <w:rsid w:val="005726DA"/>
     <w:rsid w:val="00574094"/>
     <w:rsid w:val="00590A2D"/>
     <w:rsid w:val="005A48B5"/>
     <w:rsid w:val="005C4E66"/>
     <w:rsid w:val="005C7E9B"/>
     <w:rsid w:val="005E19F7"/>
     <w:rsid w:val="006117E0"/>
     <w:rsid w:val="006263DF"/>
     <w:rsid w:val="00672AE5"/>
     <w:rsid w:val="00673094"/>
     <w:rsid w:val="006963B4"/>
+    <w:rsid w:val="006A284C"/>
     <w:rsid w:val="006C077F"/>
     <w:rsid w:val="006F3342"/>
     <w:rsid w:val="00701B3E"/>
     <w:rsid w:val="0071038B"/>
     <w:rsid w:val="00752AA3"/>
     <w:rsid w:val="007701CC"/>
     <w:rsid w:val="0077375A"/>
     <w:rsid w:val="00777615"/>
     <w:rsid w:val="00785857"/>
     <w:rsid w:val="00787415"/>
     <w:rsid w:val="007908CE"/>
     <w:rsid w:val="007A19BA"/>
     <w:rsid w:val="007E4A56"/>
     <w:rsid w:val="007E5FC9"/>
     <w:rsid w:val="00811D2D"/>
     <w:rsid w:val="00816B3E"/>
     <w:rsid w:val="00844BDF"/>
     <w:rsid w:val="008456C4"/>
     <w:rsid w:val="00847D62"/>
     <w:rsid w:val="0087189F"/>
     <w:rsid w:val="00883B02"/>
     <w:rsid w:val="00884815"/>
+    <w:rsid w:val="0089082F"/>
     <w:rsid w:val="0089469F"/>
     <w:rsid w:val="008949FD"/>
     <w:rsid w:val="008A1A6B"/>
     <w:rsid w:val="008A3411"/>
     <w:rsid w:val="008D7539"/>
     <w:rsid w:val="008E0D60"/>
     <w:rsid w:val="008E0F1D"/>
     <w:rsid w:val="008E414A"/>
     <w:rsid w:val="008F7CB9"/>
     <w:rsid w:val="00932DF9"/>
     <w:rsid w:val="00951566"/>
     <w:rsid w:val="009572E1"/>
     <w:rsid w:val="0096347E"/>
     <w:rsid w:val="009934C3"/>
     <w:rsid w:val="0099380D"/>
     <w:rsid w:val="00994B3F"/>
     <w:rsid w:val="009B2ACD"/>
     <w:rsid w:val="009B2BF5"/>
     <w:rsid w:val="009C1A8C"/>
+    <w:rsid w:val="009C6A05"/>
     <w:rsid w:val="009E4735"/>
     <w:rsid w:val="009E49C0"/>
     <w:rsid w:val="009F444D"/>
     <w:rsid w:val="00A31A85"/>
     <w:rsid w:val="00A3347A"/>
     <w:rsid w:val="00A46FB8"/>
     <w:rsid w:val="00A51F75"/>
     <w:rsid w:val="00A62028"/>
     <w:rsid w:val="00A76048"/>
     <w:rsid w:val="00A77718"/>
     <w:rsid w:val="00A81B17"/>
     <w:rsid w:val="00A87095"/>
     <w:rsid w:val="00A904BB"/>
     <w:rsid w:val="00AB5F25"/>
+    <w:rsid w:val="00AD0930"/>
     <w:rsid w:val="00AE4A37"/>
     <w:rsid w:val="00AE54B8"/>
     <w:rsid w:val="00AE71C5"/>
     <w:rsid w:val="00B00802"/>
     <w:rsid w:val="00B329A2"/>
-    <w:rsid w:val="00B43F93"/>
     <w:rsid w:val="00B50497"/>
     <w:rsid w:val="00B53E79"/>
     <w:rsid w:val="00B5582C"/>
     <w:rsid w:val="00B93901"/>
     <w:rsid w:val="00B95EB6"/>
     <w:rsid w:val="00BB352A"/>
     <w:rsid w:val="00BC2CDC"/>
     <w:rsid w:val="00BC4822"/>
     <w:rsid w:val="00BE6710"/>
     <w:rsid w:val="00C03683"/>
     <w:rsid w:val="00C115CA"/>
     <w:rsid w:val="00C14702"/>
     <w:rsid w:val="00C31EA6"/>
     <w:rsid w:val="00C676CB"/>
     <w:rsid w:val="00C74BBC"/>
     <w:rsid w:val="00C83B8C"/>
     <w:rsid w:val="00C87D2C"/>
     <w:rsid w:val="00CC77E7"/>
     <w:rsid w:val="00CD6B4E"/>
     <w:rsid w:val="00CE1E0A"/>
     <w:rsid w:val="00D04DD5"/>
     <w:rsid w:val="00D05AF6"/>
     <w:rsid w:val="00D1361E"/>
     <w:rsid w:val="00D14D05"/>
     <w:rsid w:val="00D243F6"/>
@@ -12141,71 +12308,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06ED7B09-E4B6-4125-B4C8-9CFA5A6D32FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9052</Characters>
+  <Pages>6</Pages>
+  <Words>1581</Words>
+  <Characters>9016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10618</CharactersWithSpaces>
+  <CharactersWithSpaces>10576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Clerk/RFO Treeton Parish Council</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>